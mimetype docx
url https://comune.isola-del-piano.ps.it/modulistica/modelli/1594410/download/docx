--- v0 (2025-10-02)
+++ v1 (2025-11-18)
@@ -937,143 +937,143 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__0_3591497801"/>
+                  <w:name w:val="__Fieldmark__0_1569071495"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Testo4"/>
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3591497801"/>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_3591497801"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1569071495"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_1569071495"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_3591497801"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_1569071495"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="120" w:after="0"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__1_3591497801"/>
+                  <w:name w:val="__Fieldmark__1_1569071495"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Testo5"/>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_3591497801"/>
-            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_3591497801"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_1569071495"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_1569071495"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_3591497801"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_1569071495"/>
             <w:bookmarkEnd w:id="8"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
@@ -1101,228 +1101,228 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="__Fieldmark__100_1731707555"/>
-            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_3591497801"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_3591497801"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_1569071495"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_1569071495"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_1569071495"/>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="__Fieldmark__106_1731707555"/>
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_3591497801"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_3591497801"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_1569071495"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__3_1569071495"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_1569071495"/>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="__Fieldmark__112_1731707555"/>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_3591497801"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_3591497801"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_1569071495"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__4_1569071495"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_1569071495"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="__Fieldmark__118_1731707555"/>
-            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_3591497801"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_3591497801"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_1569071495"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__5_1569071495"/>
+            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_1569071495"/>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__6_3591497801"/>
+                  <w:name w:val="__Fieldmark__6_1569071495"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Testo6"/>
-            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_3591497801"/>
-            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_3591497801"/>
+            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_1569071495"/>
+            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_1569071495"/>
             <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>......................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_3591497801"/>
+            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_1569071495"/>
             <w:bookmarkEnd w:id="28"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId3"/>