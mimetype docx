--- v1 (2025-11-18)
+++ v2 (2026-01-02)
@@ -937,143 +937,143 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__0_1569071495"/>
+                  <w:name w:val="__Fieldmark__0_2797667459"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Testo4"/>
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1569071495"/>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_1569071495"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2797667459"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_2797667459"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_1569071495"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_2797667459"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="120" w:after="0"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__1_1569071495"/>
+                  <w:name w:val="__Fieldmark__1_2797667459"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Testo5"/>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_1569071495"/>
-            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_1569071495"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_2797667459"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_2797667459"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_1569071495"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_2797667459"/>
             <w:bookmarkEnd w:id="8"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
@@ -1101,228 +1101,228 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="__Fieldmark__100_1731707555"/>
-            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_1569071495"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_1569071495"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_2797667459"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_2797667459"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_2797667459"/>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="__Fieldmark__106_1731707555"/>
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_1569071495"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_1569071495"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_2797667459"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__3_2797667459"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_2797667459"/>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="__Fieldmark__112_1731707555"/>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_1569071495"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_1569071495"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_2797667459"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__4_2797667459"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_2797667459"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="__Fieldmark__118_1731707555"/>
-            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_1569071495"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_1569071495"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_2797667459"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__5_2797667459"/>
+            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_2797667459"/>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__6_1569071495"/>
+                  <w:name w:val="__Fieldmark__6_2797667459"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Testo6"/>
-            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_1569071495"/>
-            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_1569071495"/>
+            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_2797667459"/>
+            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_2797667459"/>
             <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>......................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_1569071495"/>
+            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_2797667459"/>
             <w:bookmarkEnd w:id="28"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId3"/>