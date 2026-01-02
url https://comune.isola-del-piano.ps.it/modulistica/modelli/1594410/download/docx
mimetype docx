--- v2 (2026-01-02)
+++ v3 (2026-01-02)
@@ -937,143 +937,143 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__0_2797667459"/>
+                  <w:name w:val="__Fieldmark__0_516445245"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Testo4"/>
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2797667459"/>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_2797667459"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_516445245"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_516445245"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_2797667459"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_516445245"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="120" w:after="0"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__1_2797667459"/>
+                  <w:name w:val="__Fieldmark__1_516445245"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Testo5"/>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_2797667459"/>
-            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_2797667459"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_516445245"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_516445245"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_2797667459"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_516445245"/>
             <w:bookmarkEnd w:id="8"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
@@ -1101,228 +1101,228 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="__Fieldmark__100_1731707555"/>
-            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_2797667459"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_2797667459"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_516445245"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_516445245"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_516445245"/>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="__Fieldmark__106_1731707555"/>
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_2797667459"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_2797667459"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_516445245"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__3_516445245"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_516445245"/>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="__Fieldmark__112_1731707555"/>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_2797667459"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_2797667459"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_516445245"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__4_516445245"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_516445245"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="__Fieldmark__118_1731707555"/>
-            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_2797667459"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_2797667459"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_516445245"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__5_516445245"/>
+            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_516445245"/>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__6_2797667459"/>
+                  <w:name w:val="__Fieldmark__6_516445245"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Testo6"/>
-            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_2797667459"/>
-            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_2797667459"/>
+            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_516445245"/>
+            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_516445245"/>
             <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>......................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_2797667459"/>
+            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_516445245"/>
             <w:bookmarkEnd w:id="28"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId3"/>