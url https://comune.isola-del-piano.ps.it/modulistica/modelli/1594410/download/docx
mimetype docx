--- v3 (2026-01-02)
+++ v4 (2026-02-21)
@@ -937,143 +937,143 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__0_516445245"/>
+                  <w:name w:val="__Fieldmark__0_2566372398"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Testo4"/>
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_516445245"/>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_516445245"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2566372398"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_2566372398"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_516445245"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_2566372398"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="120" w:after="0"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__1_516445245"/>
+                  <w:name w:val="__Fieldmark__1_2566372398"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Testo5"/>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_516445245"/>
-            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_516445245"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_2566372398"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_2566372398"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_516445245"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_2566372398"/>
             <w:bookmarkEnd w:id="8"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
@@ -1101,228 +1101,228 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="__Fieldmark__100_1731707555"/>
-            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_516445245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_516445245"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_2566372398"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_2566372398"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_2566372398"/>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="__Fieldmark__106_1731707555"/>
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_516445245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_516445245"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_2566372398"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__3_2566372398"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_2566372398"/>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="__Fieldmark__112_1731707555"/>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_516445245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_516445245"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_2566372398"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__4_2566372398"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_2566372398"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="__Fieldmark__118_1731707555"/>
-            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_516445245"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_516445245"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_2566372398"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__5_2566372398"/>
+            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_2566372398"/>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__6_516445245"/>
+                  <w:name w:val="__Fieldmark__6_2566372398"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Testo6"/>
-            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_516445245"/>
-            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_516445245"/>
+            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_2566372398"/>
+            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_2566372398"/>
             <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>......................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_516445245"/>
+            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_2566372398"/>
             <w:bookmarkEnd w:id="28"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId3"/>