--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -893,143 +893,143 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__0_3188170936"/>
+                  <w:name w:val="__Fieldmark__0_225888183"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Testo4"/>
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3188170936"/>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_3188170936"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_225888183"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_225888183"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_3188170936"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_225888183"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="120" w:after="0"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__1_3188170936"/>
+                  <w:name w:val="__Fieldmark__1_225888183"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Testo5"/>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_3188170936"/>
-            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_3188170936"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_225888183"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_225888183"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_3188170936"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_225888183"/>
             <w:bookmarkEnd w:id="8"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
@@ -1057,228 +1057,228 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="__Fieldmark__104_1944406939"/>
-            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_3188170936"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_3188170936"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_225888183"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_225888183"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_225888183"/>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="__Fieldmark__110_1944406939"/>
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_3188170936"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_3188170936"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_225888183"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__3_225888183"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_225888183"/>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="__Fieldmark__116_1944406939"/>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_3188170936"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_3188170936"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_225888183"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__4_225888183"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_225888183"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="__Fieldmark__122_1944406939"/>
-            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_3188170936"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_3188170936"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_225888183"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__5_225888183"/>
+            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_225888183"/>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__6_3188170936"/>
+                  <w:name w:val="__Fieldmark__6_225888183"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Testo6"/>
-            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_3188170936"/>
-            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_3188170936"/>
+            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_225888183"/>
+            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_225888183"/>
             <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>......................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_3188170936"/>
+            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_225888183"/>
             <w:bookmarkEnd w:id="28"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:firstLine="708"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:sectPr>