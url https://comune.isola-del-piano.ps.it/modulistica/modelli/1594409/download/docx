--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -893,143 +893,143 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__0_225888183"/>
+                  <w:name w:val="__Fieldmark__0_442052596"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Testo4"/>
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_225888183"/>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_225888183"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_442052596"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_442052596"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_225888183"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_442052596"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="120" w:after="0"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__1_225888183"/>
+                  <w:name w:val="__Fieldmark__1_442052596"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Testo5"/>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_225888183"/>
-            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_225888183"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_442052596"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_442052596"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_225888183"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_442052596"/>
             <w:bookmarkEnd w:id="8"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
@@ -1057,228 +1057,228 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="__Fieldmark__104_1944406939"/>
-            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_225888183"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_225888183"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_442052596"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_442052596"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_442052596"/>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="__Fieldmark__110_1944406939"/>
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_225888183"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_225888183"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_442052596"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__3_442052596"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_442052596"/>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="__Fieldmark__116_1944406939"/>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_225888183"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_225888183"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_442052596"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__4_442052596"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_442052596"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="__Fieldmark__122_1944406939"/>
-            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_225888183"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_225888183"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_442052596"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__5_442052596"/>
+            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_442052596"/>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__6_225888183"/>
+                  <w:name w:val="__Fieldmark__6_442052596"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Testo6"/>
-            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_225888183"/>
-            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_225888183"/>
+            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_442052596"/>
+            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_442052596"/>
             <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>......................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_225888183"/>
+            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_442052596"/>
             <w:bookmarkEnd w:id="28"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:firstLine="708"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:sectPr>