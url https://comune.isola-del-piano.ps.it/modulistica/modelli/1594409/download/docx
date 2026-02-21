--- v2 (2026-01-01)
+++ v3 (2026-02-21)
@@ -893,143 +893,143 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:rPr>
                 <w:i/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">lì </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__0_442052596"/>
+                  <w:name w:val="__Fieldmark__0_1912833032"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Testo4"/>
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_442052596"/>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_442052596"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1912833032"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__0_1912833032"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>........................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_442052596"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__0_1912833032"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>L’ADDETTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="120" w:after="0"/>
               <w:ind w:left="1418" w:hanging="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__1_442052596"/>
+                  <w:name w:val="__Fieldmark__1_1912833032"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Testo5"/>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_442052596"/>
-            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_442052596"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__1_1912833032"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__1_1912833032"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_442052596"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__1_1912833032"/>
             <w:bookmarkEnd w:id="8"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
@@ -1057,228 +1057,228 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="__Fieldmark__104_1944406939"/>
-            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_442052596"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_442052596"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__2_1912833032"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__2_1912833032"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__2_1912833032"/>
             <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="__Fieldmark__110_1944406939"/>
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_442052596"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_442052596"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__3_1912833032"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__3_1912833032"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__3_1912833032"/>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="__Fieldmark__116_1944406939"/>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_442052596"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_442052596"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__4_1912833032"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__4_1912833032"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__4_1912833032"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="20" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="__Fieldmark__122_1944406939"/>
-            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_442052596"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_442052596"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__5_1912833032"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__5_1912833032"/>
+            <w:bookmarkStart w:id="24" w:name="__Fieldmark__5_1912833032"/>
             <w:bookmarkEnd w:id="24"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__6_442052596"/>
+                  <w:name w:val="__Fieldmark__6_1912833032"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Testo6"/>
-            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_442052596"/>
-            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_442052596"/>
+            <w:bookmarkStart w:id="26" w:name="__Fieldmark__6_1912833032"/>
+            <w:bookmarkStart w:id="27" w:name="__Fieldmark__6_1912833032"/>
             <w:bookmarkEnd w:id="27"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>......................................................................</w:t>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_442052596"/>
+            <w:bookmarkStart w:id="28" w:name="__Fieldmark__6_1912833032"/>
             <w:bookmarkEnd w:id="28"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:firstLine="708"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:sectPr>